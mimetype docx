--- v0 (2025-11-24)
+++ v1 (2026-01-11)
@@ -1521,75 +1521,76 @@
       <w:r w:rsidRPr="007436B6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="B01515"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(Required)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76B6F833" w14:textId="77777777" w:rsidR="006E5F62" w:rsidRPr="0074553B" w:rsidRDefault="006E5F62" w:rsidP="006E5F62">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="645CA979" w14:textId="1D65E6D4" w:rsidR="006E5F62" w:rsidRDefault="00000000" w:rsidP="006E5F62">
+    <w:p w14:paraId="645CA979" w14:textId="1D65E6D4" w:rsidR="006E5F62" w:rsidRDefault="00983575" w:rsidP="006E5F62">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="474747"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="1370034356"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="006E5F62">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="006E5F62">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006E5F62" w:rsidRPr="007436B6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="474747"/>
           <w:sz w:val="24"/>
@@ -1960,427 +1961,434 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007436B6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Please select only one item</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B9A491A" w14:textId="77777777" w:rsidR="006E5F62" w:rsidRPr="007436B6" w:rsidRDefault="006E5F62" w:rsidP="006E5F62">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48F344E2" w14:textId="59B5C16A" w:rsidR="006E5F62" w:rsidRPr="007436B6" w:rsidRDefault="00000000" w:rsidP="006E5F62">
+    <w:p w14:paraId="48F344E2" w14:textId="59B5C16A" w:rsidR="006E5F62" w:rsidRPr="007436B6" w:rsidRDefault="00983575" w:rsidP="006E5F62">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="1658181864"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="006E5F62">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="006E5F62">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006E5F62" w:rsidRPr="007436B6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Individual who would like to access the medicine to treat own health condition</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37A67528" w14:textId="5FCBA783" w:rsidR="006E5F62" w:rsidRPr="007436B6" w:rsidRDefault="00000000" w:rsidP="006E5F62">
+    <w:p w14:paraId="37A67528" w14:textId="5FCBA783" w:rsidR="006E5F62" w:rsidRPr="007436B6" w:rsidRDefault="00983575" w:rsidP="006E5F62">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="-971520390"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="006E5F62">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="006E5F62">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00FC2CD1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="006E5F62" w:rsidRPr="007436B6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ndividual who has used this medicine for own health condition</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="711C234C" w14:textId="22E63FFB" w:rsidR="001D254D" w:rsidRDefault="00000000" w:rsidP="00FC2CD1">
+    <w:p w14:paraId="711C234C" w14:textId="22E63FFB" w:rsidR="001D254D" w:rsidRDefault="00983575" w:rsidP="00FC2CD1">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="-1672867234"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="006E5F62">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="006E5F62">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006E5F62" w:rsidRPr="007436B6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Parent</w:t>
       </w:r>
       <w:r w:rsidR="001D254D" w:rsidRPr="001D254D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>, partner or another person directly caring for an individual from the above two groups</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ED41AA7" w14:textId="0888DA6D" w:rsidR="006E5F62" w:rsidRPr="007436B6" w:rsidRDefault="00000000" w:rsidP="006E5F62">
+    <w:p w14:paraId="1ED41AA7" w14:textId="0888DA6D" w:rsidR="006E5F62" w:rsidRPr="007436B6" w:rsidRDefault="00983575" w:rsidP="006E5F62">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="-547843762"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="006E5F62">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="006E5F62">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006E5F62" w:rsidRPr="007436B6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Consumer group/organisation</w:t>
       </w:r>
       <w:r w:rsidR="00622953">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> submission</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A0F283F" w14:textId="5CC4FBF5" w:rsidR="006E5F62" w:rsidRPr="007436B6" w:rsidRDefault="00000000" w:rsidP="006E5F62">
+    <w:p w14:paraId="4A0F283F" w14:textId="5CC4FBF5" w:rsidR="006E5F62" w:rsidRPr="007436B6" w:rsidRDefault="00983575" w:rsidP="006E5F62">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="-985848780"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="006E5F62">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="006E5F62">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006E5F62" w:rsidRPr="007436B6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Health professional working in the area</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4287DFD7" w14:textId="03957EB7" w:rsidR="006E5F62" w:rsidRPr="007436B6" w:rsidRDefault="00000000" w:rsidP="006E5F62">
+    <w:p w14:paraId="4287DFD7" w14:textId="03957EB7" w:rsidR="006E5F62" w:rsidRPr="007436B6" w:rsidRDefault="00983575" w:rsidP="006E5F62">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="963310615"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="006E5F62">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="006E5F62">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006E5F62" w:rsidRPr="007436B6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Medical/other organisation</w:t>
       </w:r>
       <w:r w:rsidR="00622953">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> submission</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71A3049B" w14:textId="60B49112" w:rsidR="006E5F62" w:rsidRPr="007436B6" w:rsidRDefault="00000000" w:rsidP="00FC2CD1">
+    <w:p w14:paraId="71A3049B" w14:textId="60B49112" w:rsidR="006E5F62" w:rsidRPr="007436B6" w:rsidRDefault="00983575" w:rsidP="00FC2CD1">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="-1844778856"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="006E5F62">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="006E5F62">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006E5F62" w:rsidRPr="007436B6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -2805,446 +2813,454 @@
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="007436B6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Please select only one item</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1752922E" w14:textId="77777777" w:rsidR="006E5F62" w:rsidRPr="007436B6" w:rsidRDefault="006E5F62" w:rsidP="006E5F62">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="55BEA4CF" w14:textId="77777777" w:rsidR="006E5F62" w:rsidRPr="007436B6" w:rsidRDefault="00000000" w:rsidP="006E5F62">
+    <w:p w14:paraId="55BEA4CF" w14:textId="77777777" w:rsidR="006E5F62" w:rsidRPr="007436B6" w:rsidRDefault="00983575" w:rsidP="006E5F62">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="-2105014490"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="006E5F62">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="006E5F62">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006E5F62" w:rsidRPr="007436B6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ACT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DC57896" w14:textId="77777777" w:rsidR="006E5F62" w:rsidRPr="007436B6" w:rsidRDefault="00000000" w:rsidP="006E5F62">
+    <w:p w14:paraId="0DC57896" w14:textId="77777777" w:rsidR="006E5F62" w:rsidRPr="007436B6" w:rsidRDefault="00983575" w:rsidP="006E5F62">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="2141296569"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="006E5F62">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="006E5F62">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006E5F62" w:rsidRPr="007436B6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> TAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BAFCEBB" w14:textId="77777777" w:rsidR="006E5F62" w:rsidRPr="007436B6" w:rsidRDefault="00000000" w:rsidP="006E5F62">
+    <w:p w14:paraId="6BAFCEBB" w14:textId="77777777" w:rsidR="006E5F62" w:rsidRPr="007436B6" w:rsidRDefault="00983575" w:rsidP="006E5F62">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="-222992054"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="006E5F62">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="006E5F62">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006E5F62" w:rsidRPr="007436B6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> NSW</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="529ADDA2" w14:textId="77777777" w:rsidR="006E5F62" w:rsidRPr="007436B6" w:rsidRDefault="00000000" w:rsidP="006E5F62">
+    <w:p w14:paraId="529ADDA2" w14:textId="77777777" w:rsidR="006E5F62" w:rsidRPr="007436B6" w:rsidRDefault="00983575" w:rsidP="006E5F62">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="-1502271301"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="006E5F62">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="006E5F62">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006E5F62" w:rsidRPr="007436B6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> QLD</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A3579E1" w14:textId="77777777" w:rsidR="006E5F62" w:rsidRPr="007436B6" w:rsidRDefault="00000000" w:rsidP="006E5F62">
+    <w:p w14:paraId="1A3579E1" w14:textId="77777777" w:rsidR="006E5F62" w:rsidRPr="007436B6" w:rsidRDefault="00983575" w:rsidP="006E5F62">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="-899739883"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="006E5F62">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="006E5F62">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006E5F62" w:rsidRPr="007436B6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> WA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1091610B" w14:textId="77777777" w:rsidR="006E5F62" w:rsidRPr="007436B6" w:rsidRDefault="00000000" w:rsidP="006E5F62">
+    <w:p w14:paraId="1091610B" w14:textId="77777777" w:rsidR="006E5F62" w:rsidRPr="007436B6" w:rsidRDefault="00983575" w:rsidP="006E5F62">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="-163255520"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="006E5F62">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="006E5F62">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006E5F62" w:rsidRPr="007436B6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> SA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34448E3B" w14:textId="77777777" w:rsidR="006E5F62" w:rsidRPr="007436B6" w:rsidRDefault="00000000" w:rsidP="006E5F62">
+    <w:p w14:paraId="34448E3B" w14:textId="77777777" w:rsidR="006E5F62" w:rsidRPr="007436B6" w:rsidRDefault="00983575" w:rsidP="006E5F62">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="-1897965291"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="006E5F62">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="006E5F62">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006E5F62" w:rsidRPr="007436B6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> NT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45113FDB" w14:textId="77777777" w:rsidR="006E5F62" w:rsidRPr="007436B6" w:rsidRDefault="00000000" w:rsidP="006E5F62">
+    <w:p w14:paraId="45113FDB" w14:textId="77777777" w:rsidR="006E5F62" w:rsidRPr="007436B6" w:rsidRDefault="00983575" w:rsidP="006E5F62">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="-998270027"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="006E5F62">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="006E5F62">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006E5F62" w:rsidRPr="007436B6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -3530,76 +3546,77 @@
         <w:t>recommended by the PBAC but have not progressed and the PBAC has requested an applicant update</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3986B60B" w14:textId="77777777" w:rsidR="00550AA1" w:rsidRDefault="00550AA1" w:rsidP="00550AA1">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="719A5213" w14:textId="22BCC11C" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="000C74F0">
+    <w:p w14:paraId="719A5213" w14:textId="22BCC11C" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="000C74F0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="-1291118501"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E10F77">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00E10F77" w:rsidRPr="00E10F77">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E10F77">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -3738,76 +3755,77 @@
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Chronic plaque psoriasis</w:t>
       </w:r>
       <w:r w:rsidR="000C74F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Hidradenitis suppurativa"</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61E600F0" w14:textId="51A85B3B" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="000C74F0">
+    <w:p w14:paraId="61E600F0" w14:textId="51A85B3B" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="000C74F0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="-1997788960"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000C74F0">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="000C74F0" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000C74F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -3882,76 +3900,77 @@
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Severe Crohn disease</w:t>
       </w:r>
       <w:r w:rsidR="000C74F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Vision-threatening non-infectious uveitis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FBEE15C" w14:textId="3C4B5542" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="009B6454">
+    <w:p w14:paraId="4FBEE15C" w14:textId="3C4B5542" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="009B6454">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="-521318178"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000C74F0">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="000C74F0" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000C74F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -3962,76 +3981,77 @@
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ADRENALINE (EPINEPHRINE) - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Neffy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>®: Acute allergic reaction with anaphylaxis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68D86F05" w14:textId="6B9193F2" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="009B6454">
+    <w:p w14:paraId="68D86F05" w14:textId="6B9193F2" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="009B6454">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="1646551986"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000C74F0">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="000C74F0" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000C74F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -4042,76 +4062,77 @@
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">AMIVANTAMAB - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Rybrevant</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>®: Non-small cell lung cancer (NSCLC)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52280289" w14:textId="2C7A43AD" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="009B6454">
+    <w:p w14:paraId="52280289" w14:textId="2C7A43AD" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="009B6454">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="-1781870537"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000C74F0">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="000C74F0" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000C74F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -4122,76 +4143,77 @@
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASCIMINIB - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Scemblix</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>®:  Chronic myeloid leukaemia (CML)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63F614F0" w14:textId="47FED736" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="009B6454">
+    <w:p w14:paraId="63F614F0" w14:textId="47FED736" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="009B6454">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="-754595375"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000C74F0">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="000C74F0" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000C74F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -4213,76 +4235,77 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Scemblix</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>®: Chronic myeloid leukaemia (CML)</w:t>
       </w:r>
       <w:r w:rsidR="008920F0" w:rsidRPr="008920F0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008920F0" w:rsidRPr="008920F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>to allow prescribing by Nurse practitioners</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25977731" w14:textId="77777777" w:rsidR="00216F11" w:rsidRDefault="00000000" w:rsidP="000C74F0">
+    <w:p w14:paraId="25977731" w14:textId="77777777" w:rsidR="00216F11" w:rsidRDefault="00983575" w:rsidP="000C74F0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="-1229913484"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000C74F0">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="000C74F0" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000C74F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -4293,76 +4316,77 @@
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">AVACINCAPTAD PEGOL - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Izervay</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">®: Geographic atrophy (GA) secondary to age-related macular degeneration (AMD) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58F4D1E7" w14:textId="41ADED36" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="00216F11">
+    <w:p w14:paraId="58F4D1E7" w14:textId="41ADED36" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="00216F11">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="2106073073"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00216F11">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00216F11" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00216F11">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -4389,76 +4413,77 @@
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Filsuvez</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>®: Dystrophic or junctional epidermolysis bullosa (EB)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43256C7A" w14:textId="47F68C96" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="009B6454">
+    <w:p w14:paraId="43256C7A" w14:textId="47F68C96" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="009B6454">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="-1864124385"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00216F11">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00216F11" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00216F11">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -4466,97 +4491,80 @@
       </w:r>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">BUROSUMAB - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Crysvita</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ®: Tumour induced </w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="0DBF4AD5" w14:textId="0966B74B" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="009B6454">
+        <w:t xml:space="preserve"> ®: Tumour induced osteomalacia (TIO)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DBF4AD5" w14:textId="0966B74B" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="009B6454">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="-1325965593"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00216F11">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00216F11" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00216F11">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -4595,76 +4603,77 @@
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>®: Colchicine-resistant or intolerant Familial Mediterranean Fever (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>crFMF</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EA67DEE" w14:textId="2527209D" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="009B6454">
+    <w:p w14:paraId="7EA67DEE" w14:textId="2527209D" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="009B6454">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="-1994097362"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00216F11">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00216F11" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00216F11">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -4685,76 +4694,77 @@
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">-  </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Epidyolex</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>®: Severe myoclonic epilepsy in infancy (Dravet syndrome)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="515C4629" w14:textId="443FFAFC" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="00216F11">
+    <w:p w14:paraId="515C4629" w14:textId="443FFAFC" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="00216F11">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="-1931342374"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00216F11">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00216F11" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00216F11">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -4781,296 +4791,203 @@
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Vevye</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>®: Dry eye disease with keratitis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BFC7FD7" w14:textId="288990E1" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="009B6454">
+    <w:p w14:paraId="5BFC7FD7" w14:textId="288990E1" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="009B6454">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="1395327327"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00216F11">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00216F11" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00216F11">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>DUPILUMAB - Dupixent®: Chronic obstructive pulmonary disease (COPD)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00C138FF" w14:textId="5050671A" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="009B6454">
+    <w:p w14:paraId="00C138FF" w14:textId="5050671A" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="009B6454">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="-2129695578"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00216F11">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00216F11" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00216F11">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>DURVALUMAB - Imfinzi®: Gastric cancer (GC) or gastro-oesophageal junction cancer (GOJC)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F061EFB" w14:textId="6E6F684B" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="00216F11">
-[...95 lines deleted...]
-    <w:p w14:paraId="78DF4AC6" w14:textId="42ACFC84" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="009B6454">
+    <w:p w14:paraId="78DF4AC6" w14:textId="42ACFC84" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="009B6454">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="-887573940"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00457C5D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00457C5D" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00457C5D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -5081,76 +4998,77 @@
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EFGARTIGIMOD ALFA - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Vyvgart</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>®: Chronic inflammatory demyelinating polyneuropathy (CIDP)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46624C52" w14:textId="0153AD6C" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="00457C5D">
+    <w:p w14:paraId="46624C52" w14:textId="0153AD6C" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="00457C5D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="-1020618415"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00457C5D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00457C5D" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00457C5D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -5179,76 +5097,77 @@
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>®: Generalised myasthenia gravis (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>gMG</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="090A7B47" w14:textId="110D573F" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="00B675C8">
+    <w:p w14:paraId="090A7B47" w14:textId="110D573F" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="00B675C8">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="1101998083"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00457C5D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00457C5D" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00457C5D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -5303,76 +5222,77 @@
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Safety-Lock: Prevention and treatment of thrombo-embolic disorders</w:t>
       </w:r>
       <w:r w:rsidR="00B675C8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Haemodialysis"</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7228128E" w14:textId="26F9BF47" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="009B6454">
+    <w:p w14:paraId="7228128E" w14:textId="26F9BF47" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="009B6454">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="-1884173991"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B675C8">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B675C8" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B675C8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -5383,76 +5303,77 @@
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ENZALUTAMIDE - Xtandi®: Non-metastatic hormone sensitive prostate cancer (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>nmHSPC</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="065CC188" w14:textId="1A40F933" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="009B6454">
+    <w:p w14:paraId="065CC188" w14:textId="1A40F933" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="009B6454">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="-1403597008"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B675C8">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B675C8" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B675C8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -5463,76 +5384,77 @@
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">GLYCOMACROPEPTIDE FORMULA WITH DOCOSAHEXAENOIC ACID AND LOW PHENYLALANINE - PKU </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>GMPro</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>® Delight: Phenylketonuria (PKU)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F794045" w14:textId="7D048B24" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="009B6454">
+    <w:p w14:paraId="2F794045" w14:textId="7D048B24" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="009B6454">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="-1823889162"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B675C8">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B675C8" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B675C8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -5543,138 +5465,140 @@
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">INCOBOTULINUMTOXINA - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Xeomin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>®: Moderate to severe spasticity of the lower limb in adults following an acute event</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59A363F1" w14:textId="0D210EC6" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="009B6454">
+    <w:p w14:paraId="59A363F1" w14:textId="0D210EC6" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="009B6454">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="1689635355"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B675C8">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B675C8" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B675C8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>INOTUZUMAB OZOGAMICIN - Besponsa®: Acute lymphoblastic leukaemia (ALL)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2105EBF3" w14:textId="57DC06E9" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="00B675C8">
+    <w:p w14:paraId="2105EBF3" w14:textId="57DC06E9" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="00B675C8">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="-742875174"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B675C8">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B675C8" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B675C8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -5740,76 +5664,77 @@
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Non-functional </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>gastroenteropancreatic</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> neuroendocrine tumour (GEP-NET)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="677F4944" w14:textId="65FCEBDE" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="009B6454">
+    <w:p w14:paraId="677F4944" w14:textId="65FCEBDE" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="009B6454">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="927458760"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B675C8">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B675C8" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B675C8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -5820,138 +5745,140 @@
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">LONCASTUXIMAB TESIRINE - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Zynlonta</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>®: Diffuse large B-cell lymphoma (DLBCL)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="192AA520" w14:textId="20982505" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="009B6454">
+    <w:p w14:paraId="192AA520" w14:textId="20982505" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="009B6454">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="848140268"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CA2E86">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00CA2E86" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA2E86">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>MEPOLIZUMAB - Nucala®: Chronic obstructive pulmonary disease (COPD)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="140D73ED" w14:textId="3D5C259A" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="009B6454">
+    <w:p w14:paraId="140D73ED" w14:textId="3D5C259A" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="009B6454">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="262271458"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CA2E86">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00CA2E86" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA2E86">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -5962,128 +5889,111 @@
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">NEMOLIZUMAB - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Nemluvio</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>®: Atopic dermatitis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06E22268" w14:textId="538CF60E" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="00CA2E86">
+    <w:p w14:paraId="06E22268" w14:textId="538CF60E" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="00CA2E86">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="932941791"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CA2E86">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00CA2E86" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA2E86">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">NIVOLUMAB - </w:t>
-[...17 lines deleted...]
-        <w:t>®: Malignant melanoma</w:t>
+        <w:t>NIVOLUMAB - Opdivo®: Malignant melanoma</w:t>
       </w:r>
       <w:r w:rsidR="00CA2E86">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Non-Small Cell Lung Cancer (NSCLC)</w:t>
       </w:r>
       <w:r w:rsidR="00CA2E86">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -6140,76 +6050,77 @@
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Oesophageal / Gastro-oesophageal </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>cancers(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>OC/GC)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53E6EC5B" w14:textId="51E527A2" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="00CA2E86">
+    <w:p w14:paraId="53E6EC5B" w14:textId="51E527A2" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="00CA2E86">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="1633368810"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CA2E86">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00CA2E86" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA2E86">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -6230,76 +6141,77 @@
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Gazya</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>®: Lupus nephritis"</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D0634A0" w14:textId="4F7BEA97" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="009B6454">
+    <w:p w14:paraId="5D0634A0" w14:textId="4F7BEA97" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="009B6454">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="-1101325811"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CA2E86">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00CA2E86" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA2E86">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -6310,76 +6222,77 @@
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ODEVIXIBAT - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Bylvay</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>®: Alagille syndrome (ALGS)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75542C88" w14:textId="29F677C8" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="00CA2E86">
+    <w:p w14:paraId="75542C88" w14:textId="29F677C8" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="00CA2E86">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="1871026185"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CA2E86">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00CA2E86" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA2E86">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -6422,76 +6335,77 @@
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Uncontrolled severe allergic asthma</w:t>
       </w:r>
       <w:r w:rsidR="00CA2E86">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Severe chronic spontaneous urticaria</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0176A46C" w14:textId="444C1E81" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="009B6454">
+    <w:p w14:paraId="0176A46C" w14:textId="444C1E81" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="009B6454">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="1986583848"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CA2E86">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00CA2E86" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA2E86">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -6523,138 +6437,140 @@
         </w:rPr>
         <w:t xml:space="preserve">®: Complement 3 glomerulopathy </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F8E6DA5" w14:textId="77777777" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="009B6454" w:rsidP="00CA2E86">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="131"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(C3G) or primary immune complex membranoproliferative glomerulonephritis (IC-MPGN)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AD61E77" w14:textId="6E9E7688" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="009B6454">
+    <w:p w14:paraId="6AD61E77" w14:textId="6E9E7688" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="009B6454">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="861708886"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CA2E86">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00CA2E86" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA2E86">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>PEGVALIASE - Palynziq®: Phenylketonuria (PKU)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="335BA0D6" w14:textId="284D56F8" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="009B6454">
+    <w:p w14:paraId="335BA0D6" w14:textId="284D56F8" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="009B6454">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="-1603561727"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CA2E86">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00CA2E86" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA2E86">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -6665,76 +6581,77 @@
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">RESPIRATORY SYNCYTIAL VIRUS VACCINE - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Arexvy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>®: Prevention of lower respiratory tract disease caused by respiratory syncytial virus (RSV)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D35F0E8" w14:textId="434D6820" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="009B6454">
+    <w:p w14:paraId="5D35F0E8" w14:textId="434D6820" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="009B6454">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="1947965535"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CA2E86">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00CA2E86" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA2E86">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -6745,76 +6662,77 @@
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">RILUZOLE - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Teglutik</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>®: Amyotrophic lateral sclerosis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7967D2D6" w14:textId="4613003C" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="009B6454">
+    <w:p w14:paraId="7967D2D6" w14:textId="4613003C" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="009B6454">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="390088810"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CA2E86">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00CA2E86" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA2E86">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -6825,76 +6743,77 @@
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">RISPERIDONE - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Uzedy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>®: Schizophrenia</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F1064CA" w14:textId="6D5B96B4" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="009B6454">
+    <w:p w14:paraId="1F1064CA" w14:textId="6D5B96B4" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="009B6454">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="-1007127569"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CA2E86">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00CA2E86" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA2E86">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -6905,76 +6824,77 @@
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ROMIDEPSIN - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Romidepsin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>-Reach: Relapsed or refractory peripheral T-cell lymphoma</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D3D7925" w14:textId="057BCC6D" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="00CA2E86">
+    <w:p w14:paraId="4D3D7925" w14:textId="057BCC6D" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="00CA2E86">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="-1829129387"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CA2E86">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00CA2E86" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA2E86">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -7019,76 +6939,77 @@
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Graft versus host </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>diseasePolycythemia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vera</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A5D5316" w14:textId="6F641895" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="009B6454">
+    <w:p w14:paraId="4A5D5316" w14:textId="6F641895" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="009B6454">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="-222603511"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CA2E86">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00CA2E86" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA2E86">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -7099,76 +7020,77 @@
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">SARS-CoV-2 </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>mRNA  -</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  Spikevax®: Prevention of coronavirus disease 2019 (COVID-19) caused by SARS-CoV-2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79495A3D" w14:textId="7F007252" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="009B6454">
+    <w:p w14:paraId="79495A3D" w14:textId="7F007252" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="009B6454">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="-601887967"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CA2E86">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00CA2E86" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA2E86">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -7179,76 +7101,77 @@
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">SELPERCATINIB - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Retevmo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>®: Medullary thyroid cancer (MTC)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E17E1E8" w14:textId="2A12F71F" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="009B6454">
+    <w:p w14:paraId="0E17E1E8" w14:textId="2A12F71F" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="009B6454">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="-1638099765"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CA2E86">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00CA2E86" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA2E86">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -7259,156 +7182,140 @@
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">TAFAMIDIS - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Vyndamax</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>®: Transthyretin amyloid cardiomyopathy (ATTR-CM)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45422B9E" w14:textId="504A3563" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="009B6454">
+    <w:p w14:paraId="45422B9E" w14:textId="504A3563" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="009B6454">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="1765717521"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CA2E86">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00CA2E86" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA2E86">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">TARLATAMAB - </w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="169017EE" w14:textId="694BEBFE" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="009B6454">
+        <w:t>TARLATAMAB - Imdelltra®: Extensive-stage small cell lung cancer (ES-SCLC)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="169017EE" w14:textId="694BEBFE" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="009B6454">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="-1814174756"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CA2E86">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00CA2E86" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA2E86">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -7419,76 +7326,77 @@
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">TECLISTAMAB - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Tecvayli</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">®: Relapsed or refractory multiple myeloma (RRMM) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30F2BC89" w14:textId="2E4ACD35" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="009B6454">
+    <w:p w14:paraId="30F2BC89" w14:textId="2E4ACD35" w:rsidR="009B6454" w:rsidRDefault="00983575" w:rsidP="009B6454">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="1095908153"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CA2E86">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00CA2E86" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA2E86">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -7499,76 +7407,168 @@
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">TILDRAKIZUMAB - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Ilumya</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>®: Severe chronic plaque psoriasis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B379AA6" w14:textId="6CD96DF2" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="009B6454">
+    <w:p w14:paraId="5E17F545" w14:textId="6F56877E" w:rsidR="00973BBE" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="00973BBE">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="851" w:hanging="851"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="333333"/>
+            <w:sz w:val="24"/>
+          </w:rPr>
+          <w:id w:val="744148800"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00973BBE">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+              <w:color w:val="333333"/>
+              <w:sz w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00973BBE" w:rsidRPr="00E10F77">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00973BBE">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00973BBE" w:rsidRPr="00E10F77">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TOFERSEN - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00973BBE" w:rsidRPr="00E10F77">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Qalsody</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00973BBE" w:rsidRPr="00E10F77">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>®:Amyotrophic</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00973BBE" w:rsidRPr="00E10F77">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lateral sclerosis (ALS)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B379AA6" w14:textId="6CD96DF2" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="009B6454">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="224268431"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CA2E86">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00CA2E86" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA2E86">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -7597,76 +7597,77 @@
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Enhertu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>®: Breast cancer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37856219" w14:textId="3DE15D85" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00000000" w:rsidP="00CA2E86">
+    <w:p w14:paraId="37856219" w14:textId="3DE15D85" w:rsidR="009B6454" w:rsidRPr="009B6454" w:rsidRDefault="00983575" w:rsidP="00CA2E86">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="877594075"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CA2E86">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00CA2E86" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA2E86">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -7693,76 +7694,77 @@
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Rinvoq</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>®: Fistulising Crohn’s disease (FCD)"</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DE700B0" w14:textId="3B735AED" w:rsidR="00DF43E0" w:rsidRPr="00CA2E86" w:rsidRDefault="00000000" w:rsidP="00CA2E86">
+    <w:p w14:paraId="3DE700B0" w14:textId="3B735AED" w:rsidR="00DF43E0" w:rsidRDefault="00983575" w:rsidP="00CA2E86">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="1495134800"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CA2E86">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00CA2E86" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA2E86">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -7799,50 +7801,144 @@
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Severe chronic plaque psoriasis</w:t>
       </w:r>
       <w:r w:rsidR="00CA2E86">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009B6454" w:rsidRPr="009B6454">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Severe psoriatic arthritis</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="12ECCE1A" w14:textId="77777777" w:rsidR="00AD5FD7" w:rsidRDefault="00983575" w:rsidP="00AD5FD7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="851" w:hanging="851"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="333333"/>
+            <w:sz w:val="24"/>
+          </w:rPr>
+          <w:id w:val="-132186629"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00AD5FD7">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+              <w:color w:val="333333"/>
+              <w:sz w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00AD5FD7" w:rsidRPr="00FD69D5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD5FD7">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00AD5FD7" w:rsidRPr="000B037F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">VORASIDENIB - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AD5FD7" w:rsidRPr="000B037F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Voranigo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AD5FD7" w:rsidRPr="000B037F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>®: Astrocytoma or oligodendroglioma</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="363E0AC7" w14:textId="77777777" w:rsidR="00973BBE" w:rsidRPr="00CA2E86" w:rsidRDefault="00973BBE" w:rsidP="00CA2E86">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="851" w:hanging="851"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="3CE7F4F1" w14:textId="449E7C3B" w:rsidR="004E5BB0" w:rsidRDefault="004E5BB0" w:rsidP="004E5BB0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="50193BB6" w14:textId="77777777" w:rsidR="006E5F62" w:rsidRPr="006E5F62" w:rsidRDefault="006E5F62" w:rsidP="006E5F62">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
@@ -10721,234 +10817,238 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007436B6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Please select all that apply</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75783667" w14:textId="77777777" w:rsidR="006E5F62" w:rsidRPr="007436B6" w:rsidRDefault="006E5F62" w:rsidP="006E5F62">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1FCBF5CC" w14:textId="77777777" w:rsidR="006E5F62" w:rsidRPr="007436B6" w:rsidRDefault="00000000" w:rsidP="006E5F62">
+    <w:p w14:paraId="1FCBF5CC" w14:textId="77777777" w:rsidR="006E5F62" w:rsidRPr="007436B6" w:rsidRDefault="00983575" w:rsidP="006E5F62">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="1043025932"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="006E5F62">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="006E5F62">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006E5F62" w:rsidRPr="007436B6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> No conflicts</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EA147A2" w14:textId="77777777" w:rsidR="006E5F62" w:rsidRPr="007436B6" w:rsidRDefault="00000000" w:rsidP="006E5F62">
+    <w:p w14:paraId="6EA147A2" w14:textId="77777777" w:rsidR="006E5F62" w:rsidRPr="007436B6" w:rsidRDefault="00983575" w:rsidP="006E5F62">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="983742732"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="006E5F62">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="006E5F62">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006E5F62" w:rsidRPr="007436B6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Financial conflicts (describe below)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C45F85B" w14:textId="77777777" w:rsidR="006E5F62" w:rsidRPr="007436B6" w:rsidRDefault="00000000" w:rsidP="006E5F62">
+    <w:p w14:paraId="3C45F85B" w14:textId="77777777" w:rsidR="006E5F62" w:rsidRPr="007436B6" w:rsidRDefault="00983575" w:rsidP="006E5F62">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="1861079783"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="006E5F62">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="006E5F62">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006E5F62" w:rsidRPr="007436B6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Professional conflicts (describe below)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6355811D" w14:textId="164D1156" w:rsidR="006E5F62" w:rsidRDefault="00000000" w:rsidP="006E5F62">
+    <w:p w14:paraId="6355811D" w14:textId="164D1156" w:rsidR="006E5F62" w:rsidRDefault="00983575" w:rsidP="006E5F62">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="1151638088"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="002456A1">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="333333"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="006E5F62">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006E5F62" w:rsidRPr="007436B6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -10998,67 +11098,67 @@
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002456A1" w:rsidRPr="007436B6" w:rsidSect="00550AA1">
       <w:headerReference w:type="even" r:id="rId19"/>
       <w:headerReference w:type="default" r:id="rId20"/>
       <w:footerReference w:type="even" r:id="rId21"/>
       <w:footerReference w:type="default" r:id="rId22"/>
       <w:headerReference w:type="first" r:id="rId23"/>
       <w:footerReference w:type="first" r:id="rId24"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1133" w:bottom="993" w:left="1418" w:header="850" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="108AFD94" w14:textId="77777777" w:rsidR="00285D7C" w:rsidRDefault="00285D7C" w:rsidP="006B56BB">
+    <w:p w14:paraId="2131A912" w14:textId="77777777" w:rsidR="00CD5061" w:rsidRDefault="00CD5061" w:rsidP="006B56BB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F2EC43F" w14:textId="77777777" w:rsidR="00285D7C" w:rsidRDefault="00285D7C"/>
+    <w:p w14:paraId="092FD788" w14:textId="77777777" w:rsidR="00CD5061" w:rsidRDefault="00CD5061"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2122064D" w14:textId="77777777" w:rsidR="00285D7C" w:rsidRDefault="00285D7C" w:rsidP="006B56BB">
+    <w:p w14:paraId="52E136E7" w14:textId="77777777" w:rsidR="00CD5061" w:rsidRDefault="00CD5061" w:rsidP="006B56BB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31588E98" w14:textId="77777777" w:rsidR="00285D7C" w:rsidRDefault="00285D7C"/>
+    <w:p w14:paraId="250422C2" w14:textId="77777777" w:rsidR="00CD5061" w:rsidRDefault="00CD5061"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4E89B70F" w14:textId="77777777" w:rsidR="00285D7C" w:rsidRDefault="00285D7C"/>
+    <w:p w14:paraId="2C921029" w14:textId="77777777" w:rsidR="00CD5061" w:rsidRDefault="00CD5061"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -11172,51 +11272,50 @@
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5380D1B1" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 5" o:spid="_x0000_s1028" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:43.45pt;height:29.65pt;z-index:251662336;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBmMX1JDgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7YzuOuMOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KjpOt22nYRaZJ6pF8fFrcDVqRo3C+A1PTYpZTIgyHpjP7mn5/WX+4&#10;pcQHZhqmwIianoSnd8v37xa9rcQcWlCNcARBjK96W9M2BFtlmeet0MzPwAqDQQlOs4C/bp81jvWI&#10;rlU2z/ObrAfXWAdceI/ehzFIlwlfSsHDk5ReBKJqir2FdLp07uKZLRes2jtm246f22D/0IVmncGi&#10;F6gHFhg5uO4PKN1xBx5kmHHQGUjZcZFmwGmK/M0025ZZkWZBcry90OT/Hyx/PG7tsyNh+AIDLjAS&#10;0ltfeXTGeQbpdPxipwTjSOHpQpsYAuHoLMvitigp4Rj6+OmmLMuIkl0vW+fDVwGaRKOmDreSyGLH&#10;jQ9j6pQSaxlYd0qlzSjzmwMxoye7dhitMOwG0jU1nU/d76A54VAOxn17y9cdlt4wH56ZwwXjHCja&#10;8ISHVNDXFM4WJS24H3/zx3zkHaOU9CiYmhpUNCXqm8F9RG1NhpuMXTKKz3mZY9wc9D2gDAt8EZYn&#10;E70uqMmUDvQrynkVC2GIGY7larqbzPswKhefAxerVUpCGVkWNmZreYSOdEUuX4ZX5uyZ8ICbeoRJ&#10;Tax6w/uYG296uzoEZD8tJVI7EnlmHCWY1np+LlHjv/6nrOujXv4EAAD//wMAUEsDBBQABgAIAAAA&#10;IQAgesHI2gAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BasJAEIbvhb7DMoXe6kZDRdNsRARP&#10;loLaS2/r7pikZmdDdqPx7Tv1opeB4f/55pt8MbhGnLELtScF41ECAsl4W1Op4Hu/fpuBCFGT1Y0n&#10;VHDFAIvi+SnXmfUX2uJ5F0vBEAqZVlDF2GZSBlOh02HkWyTOjr5zOvLaldJ2+sJw18hJkkyl0zXx&#10;hUq3uKrQnHa9U/C+jZ/9F+3Tn2Fy/d20K5MeN0ap15dh+QEi4hDvZfjXZ3Uo2Onge7JBNAr4kXib&#10;nM2mcxAH5s5TkEUuH92LPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBmMX1JDgIAABwE&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAgesHI2gAA&#10;AAMBAAAPAAAAAAAAAAAAAAAAAGgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbwUA&#10;AAAA&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
                 <w:txbxContent>
                   <w:p w14:paraId="3C477EF3" w14:textId="1DDE1462" w:rsidR="006C111B" w:rsidRPr="006C111B" w:rsidRDefault="006C111B" w:rsidP="006C111B">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="FF0000"/>
                         <w:sz w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="006C111B">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="FF0000"/>
                         <w:sz w:val="24"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
@@ -11297,51 +11396,50 @@
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="741F02C3" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 6" o:spid="_x0000_s1029" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:43.45pt;height:29.65pt;z-index:251663360;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQALjs90DgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7Y7uOuMOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KjpOt7WnYRaZJ6pF8fJrfDlqRg3C+A1PTYpZTIgyHpjO7mv58Xn26&#10;ocQHZhqmwIiaHoWnt4uPH+a9rcQVtKAa4QiCGF/1tqZtCLbKMs9boZmfgRUGgxKcZgF/3S5rHOsR&#10;XavsKs+vsx5cYx1w4T1678cgXSR8KQUPj1J6EYiqKfYW0unSuY1ntpizaueYbTt+aoP9QxeadQaL&#10;nqHuWWBk77o3ULrjDjzIMOOgM5Cy4yLNgNMU+atpNi2zIs2C5Hh7psn/P1j+cNjYJ0fC8A0GXGAk&#10;pLe+8uiM8wzS6fjFTgnGkcLjmTYxBMLRWZbFTVFSwjH0+ct1WZYRJbtcts6H7wI0iUZNHW4lkcUO&#10;ax/G1Ckl1jKw6pRKm1HmLwdiRk926TBaYdgOpGuw+NT9FpojDuVg3Le3fNVh6TXz4Yk5XDDOgaIN&#10;j3hIBX1N4WRR0oL79Z4/5iPvGKWkR8HU1KCiKVE/DO4jamsy3GRsk1F8zcsc42av7wBlWOCLsDyZ&#10;6HVBTaZ0oF9QzstYCEPMcCxX0+1k3oVRufgcuFguUxLKyLKwNhvLI3SkK3L5PLwwZ0+EB9zUA0xq&#10;YtUr3sfceNPb5T4g+2kpkdqRyBPjKMG01tNziRr/8z9lXR714jcAAAD//wMAUEsDBBQABgAIAAAA&#10;IQAgesHI2gAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BasJAEIbvhb7DMoXe6kZDRdNsRARP&#10;loLaS2/r7pikZmdDdqPx7Tv1opeB4f/55pt8MbhGnLELtScF41ECAsl4W1Op4Hu/fpuBCFGT1Y0n&#10;VHDFAIvi+SnXmfUX2uJ5F0vBEAqZVlDF2GZSBlOh02HkWyTOjr5zOvLaldJ2+sJw18hJkkyl0zXx&#10;hUq3uKrQnHa9U/C+jZ/9F+3Tn2Fy/d20K5MeN0ap15dh+QEi4hDvZfjXZ3Uo2Onge7JBNAr4kXib&#10;nM2mcxAH5s5TkEUuH92LPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQALjs90DgIAABwE&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAgesHI2gAA&#10;AAMBAAAPAAAAAAAAAAAAAAAAAGgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbwUA&#10;AAAA&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
                 <w:txbxContent>
                   <w:p w14:paraId="09A31356" w14:textId="502981C3" w:rsidR="006C111B" w:rsidRPr="006C111B" w:rsidRDefault="006C111B" w:rsidP="006C111B">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="FF0000"/>
                         <w:sz w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="006C111B">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="FF0000"/>
                         <w:sz w:val="24"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
@@ -11422,104 +11520,103 @@
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="6DAF4ADB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 4" o:spid="_x0000_s1031" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:43.45pt;height:29.65pt;z-index:251661312;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBlDWD5DgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7Y7uOuMOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KjpOt7WnYRaZJ6pF8fJrfDlqRg3C+A1PTYpZTIgyHpjO7mv58Xn26&#10;ocQHZhqmwIiaHoWnt4uPH+a9rcQVtKAa4QiCGF/1tqZtCLbKMs9boZmfgRUGgxKcZgF/3S5rHOsR&#10;XavsKs+vsx5cYx1w4T1678cgXSR8KQUPj1J6EYiqKfYW0unSuY1ntpizaueYbTt+aoP9QxeadQaL&#10;nqHuWWBk77o3ULrjDjzIMOOgM5Cy4yLNgNMU+atpNi2zIs2C5Hh7psn/P1j+cNjYJ0fC8A0GXGAk&#10;pLe+8uiM8wzS6fjFTgnGkcLjmTYxBMLRWZbFTVFSwjH0+ct1WZYRJbtcts6H7wI0iUZNHW4lkcUO&#10;ax/G1Ckl1jKw6pRKm1HmLwdiRk926TBaYdgOpGuwkan7LTRHHMrBuG9v+arD0mvmwxNzuGCcA0Ub&#10;HvGQCvqawsmipAX36z1/zEfeMUpJj4KpqUFFU6J+GNxH1NZkuMnYJqP4mpc5xs1e3wHKsMAXYXky&#10;0euCmkzpQL+gnJexEIaY4ViuptvJvAujcvE5cLFcpiSUkWVhbTaWR+hIV+TyeXhhzp4ID7ipB5jU&#10;xKpXvI+58aa3y31A9tNSIrUjkSfGUYJprafnEjX+53/KujzqxW8AAAD//wMAUEsDBBQABgAIAAAA&#10;IQAgesHI2gAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BasJAEIbvhb7DMoXe6kZDRdNsRARP&#10;loLaS2/r7pikZmdDdqPx7Tv1opeB4f/55pt8MbhGnLELtScF41ECAsl4W1Op4Hu/fpuBCFGT1Y0n&#10;VHDFAIvi+SnXmfUX2uJ5F0vBEAqZVlDF2GZSBlOh02HkWyTOjr5zOvLaldJ2+sJw18hJkkyl0zXx&#10;hUq3uKrQnHa9U/C+jZ/9F+3Tn2Fy/d20K5MeN0ap15dh+QEi4hDvZfjXZ3Uo2Onge7JBNAr4kXib&#10;nM2mcxAH5s5TkEUuH92LPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBlDWD5DgIAABwE&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAgesHI2gAA&#10;AAMBAAAPAAAAAAAAAAAAAAAAAGgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbwUA&#10;AAAA&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
                 <w:txbxContent>
                   <w:p w14:paraId="0E0BD4C4" w14:textId="76EE20F1" w:rsidR="006C111B" w:rsidRPr="006C111B" w:rsidRDefault="006C111B" w:rsidP="006C111B">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="FF0000"/>
                         <w:sz w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="006C111B">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="FF0000"/>
                         <w:sz w:val="24"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3547DB00" w14:textId="77777777" w:rsidR="00285D7C" w:rsidRDefault="00285D7C" w:rsidP="006B56BB">
+    <w:p w14:paraId="51373A3B" w14:textId="77777777" w:rsidR="00CD5061" w:rsidRDefault="00CD5061" w:rsidP="006B56BB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20A953DD" w14:textId="77777777" w:rsidR="00285D7C" w:rsidRDefault="00285D7C"/>
+    <w:p w14:paraId="4EC1B99B" w14:textId="77777777" w:rsidR="00CD5061" w:rsidRDefault="00CD5061"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5BA3C74C" w14:textId="77777777" w:rsidR="00285D7C" w:rsidRDefault="00285D7C" w:rsidP="006B56BB">
+    <w:p w14:paraId="36E030F1" w14:textId="77777777" w:rsidR="00CD5061" w:rsidRDefault="00CD5061" w:rsidP="006B56BB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35218707" w14:textId="77777777" w:rsidR="00285D7C" w:rsidRDefault="00285D7C"/>
+    <w:p w14:paraId="51C251CF" w14:textId="77777777" w:rsidR="00CD5061" w:rsidRDefault="00CD5061"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2C78BA3F" w14:textId="77777777" w:rsidR="00285D7C" w:rsidRDefault="00285D7C"/>
+    <w:p w14:paraId="16316DE2" w14:textId="77777777" w:rsidR="00CD5061" w:rsidRDefault="00CD5061"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2189D0B9" w14:textId="43843AF8" w:rsidR="006C111B" w:rsidRDefault="006C111B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="42D7206C" wp14:editId="4CEB8DF6">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>top</wp:align>
               </wp:positionV>
@@ -11571,51 +11668,50 @@
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="42D7206C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:43.45pt;height:29.65pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDVUEjgCQIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7Y7uOuMOEXWIsOA&#10;oi2QDj0rshQbkERBUmJnXz9KtpOt22nYRaZI+pF8fFreDlqRo3C+A1PTYpFTIgyHpjP7mn5/2Xy4&#10;ocQHZhqmwIianoSnt6v375a9rcQVtKAa4QiCGF/1tqZtCLbKMs9boZlfgBUGgxKcZgGvbp81jvWI&#10;rlV2lefXWQ+usQ648B6992OQrhK+lIKHJym9CETVFHsL6XTp3MUzWy1ZtXfMth2f2mD/0IVmncGi&#10;Z6h7Fhg5uO4PKN1xBx5kWHDQGUjZcZFmwGmK/M0025ZZkWZBcrw90+T/Hyx/PG7tsyNh+AIDLjAS&#10;0ltfeXTGeQbpdPxipwTjSOHpTJsYAuHoLMvipigp4Rj6+Om6LMuIkl1+ts6HrwI0iUZNHW4lkcWO&#10;Dz6MqXNKrGVg0ymVNqPMbw7EjJ7s0mG0wrAbprZ30JxwGgfjor3lmw5rPjAfnpnDzeIAqNbwhIdU&#10;0NcUJouSFtyPv/ljPhKOUUp6VEpNDUqZEvXN4CKiqJJRfM7LHG9udu9mwxz0HaD+CnwKlicz5gU1&#10;m9KBfkUdr2MhDDHDsVxNw2zehVGy+A64WK9TEurHsvBgtpZH6MhTJPFleGXOTkwHXNEjzDJi1RvC&#10;x9z4p7frQ0Da0zYipyORE9WovbTP6Z1Ecf96T1mX17z6CQAA//8DAFBLAwQUAAYACAAAACEAw4kd&#10;d9oAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBCF7yb+h82YeJNtNSVQuyXEhAM3RPQ8&#10;dMe20J1pugtUfr2rF71M8vJe3vumWIyuU2cafCtsIJ0koIgrsS3XBnZvq4cZKB+QLXbCZOCLPCzK&#10;25sCcysXfqXzNtQqlrDP0UATQp9r7auGHPqJ9MTR+5TBYYhyqLUd8BLLXacfk2SqHbYcFxrs6aWh&#10;6rg9OQNttpSQ0vt6dfhwqaTXzTq7boy5vxuXz6ACjeEvDD/4ER3KyLSXE1uvOgPxkfB7ozebzkHt&#10;DWTzJ9Blof+zl98AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA1VBI4AkCAAAVBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAw4kdd9oAAAADAQAA&#10;DwAAAAAAAAAAAAAAAABjBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="433C3DA8" w14:textId="7916277A" w:rsidR="006C111B" w:rsidRPr="006C111B" w:rsidRDefault="006C111B" w:rsidP="006C111B">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="FF0000"/>
                         <w:sz w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="006C111B">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="FF0000"/>
                         <w:sz w:val="24"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
@@ -11698,51 +11794,50 @@
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="6E904D3B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 3" o:spid="_x0000_s1027" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:43.45pt;height:29.65pt;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBPN/u7DAIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7Y7uGuNOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KjpOu22nYRaZI+pF8fJrfDVqRg3C+A1PTYpZTIgyHpjO7mv54WX26&#10;ocQHZhqmwIiaHoWnd4uPH+a9rcQVtKAa4QiCGF/1tqZtCLbKMs9boZmfgRUGgxKcZgGvbpc1jvWI&#10;rlV2lefXWQ+usQ648B69D2OQLhK+lIKHJym9CETVFHsL6XTp3MYzW8xZtXPMth0/tcH+oQvNOoNF&#10;z1APLDCyd90fULrjDjzIMOOgM5Cy4yLNgNMU+btpNi2zIs2C5Hh7psn/P1j+eNjYZ0fC8BUGXGAk&#10;pLe+8uiM8wzS6fjFTgnGkcLjmTYxBMLRWZbFTVFSwjH0+ct1WZYRJbv8bJ0P3wRoEo2aOtxKIosd&#10;1j6MqVNKrGVg1SmVNqPMbw7EjJ7s0mG0wrAdSNe86X4LzRGHcjDu21u+6rD0mvnwzBwuGOdA0YYn&#10;PKSCvqZwsihpwf38mz/mI+8YpaRHwdTUoKIpUd8N7iNqKxnFbV7meHOTezsZZq/vAWVY4IuwPJkx&#10;L6jJlA70K8p5GQthiBmO5WoaJvM+jMrF58DFcpmSUEaWhbXZWB6hI12Ry5fhlTl7Ijzgph5hUhOr&#10;3vE+5sY/vV3uA7KflhKpHYk8MY4STGs9PZeo8bf3lHV51ItfAAAA//8DAFBLAwQUAAYACAAAACEA&#10;w4kdd9oAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBCF7yb+h82YeJNtNSVQuyXEhAM3&#10;RPQ8dMe20J1pugtUfr2rF71M8vJe3vumWIyuU2cafCtsIJ0koIgrsS3XBnZvq4cZKB+QLXbCZOCL&#10;PCzK25sCcysXfqXzNtQqlrDP0UATQp9r7auGHPqJ9MTR+5TBYYhyqLUd8BLLXacfk2SqHbYcFxrs&#10;6aWh6rg9OQNttpSQ0vt6dfhwqaTXzTq7boy5vxuXz6ACjeEvDD/4ER3KyLSXE1uvOgPxkfB7ozeb&#10;zkHtDWTzJ9Blof+zl98AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEATzf7uwwCAAAcBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAw4kdd9oAAAAD&#10;AQAADwAAAAAAAAAAAAAAAABmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAG0FAAAA&#10;AA==&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="1C5E3B58" w14:textId="66176506" w:rsidR="006C111B" w:rsidRPr="006C111B" w:rsidRDefault="006C111B" w:rsidP="006C111B">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="FF0000"/>
                         <w:sz w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="006C111B">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="FF0000"/>
                         <w:sz w:val="24"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
@@ -11823,51 +11918,50 @@
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="4D2E664D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 1" o:spid="_x0000_s1030" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:43.45pt;height:29.65pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCWdYNwDgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7a7ueuMOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KjpOu22nYRaZI+pF8fJrfDlqRg3C+A1PTYpZTIgyHpjO7mv54Xn24&#10;ocQHZhqmwIiaHoWnt4v37+a9rcQVtKAa4QiCGF/1tqZtCLbKMs9boZmfgRUGgxKcZgGvbpc1jvWI&#10;rlV2lefXWQ+usQ648B6992OQLhK+lIKHRym9CETVFHsL6XTp3MYzW8xZtXPMth0/tcH+oQvNOoNF&#10;z1D3LDCyd90fULrjDjzIMOOgM5Cy4yLNgNMU+ZtpNi2zIs2C5Hh7psn/P1j+cNjYJ0fC8BUGXGAk&#10;pLe+8uiM8wzS6fjFTgnGkcLjmTYxBMLRWZbFTVFSwjH08fN1WZYRJbv8bJ0P3wRoEo2aOtxKIosd&#10;1j6MqVNKrGVg1SmVNqPMbw7EjJ7s0mG0wrAdSNfU9NPU/RaaIw7lYNy3t3zVYek18+GJOVwwzoGi&#10;DY94SAV9TeFkUdKC+/k3f8xH3jFKSY+CqalBRVOivhvcR9RWMooveZnjzU3u7WSYvb4DlGGBL8Ly&#10;ZMa8oCZTOtAvKOdlLIQhZjiWq2mYzLswKhefAxfLZUpCGVkW1mZjeYSOdEUun4cX5uyJ8ICbeoBJ&#10;Tax6w/uYG//0drkPyH5aSqR2JPLEOEowrfX0XKLGX99T1uVRL34BAAD//wMAUEsDBBQABgAIAAAA&#10;IQDDiR132gAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8JAEIXvJv6HzZh4k201JVC7JcSE&#10;AzdE9Dx0x7bQnWm6C1R+vasXvUzy8l7e+6ZYjK5TZxp8K2wgnSSgiCuxLdcGdm+rhxkoH5AtdsJk&#10;4Is8LMrbmwJzKxd+pfM21CqWsM/RQBNCn2vtq4Yc+on0xNH7lMFhiHKotR3wEstdpx+TZKodthwX&#10;GuzppaHquD05A222lJDS+3p1+HCppNfNOrtujLm/G5fPoAKN4S8MP/gRHcrItJcTW686A/GR8Huj&#10;N5vOQe0NZPMn0GWh/7OX3wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCWdYNwDgIAABwE&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDDiR132gAA&#10;AAMBAAAPAAAAAAAAAAAAAAAAAGgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbwUA&#10;AAAA&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="05978037" w14:textId="201E7162" w:rsidR="006C111B" w:rsidRPr="006C111B" w:rsidRDefault="006C111B" w:rsidP="006C111B">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="FF0000"/>
                         <w:sz w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="006C111B">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="FF0000"/>
                         <w:sz w:val="24"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
@@ -14101,50 +14195,51 @@
     <w:rsid w:val="00612A6D"/>
     <w:rsid w:val="0061784E"/>
     <w:rsid w:val="00622953"/>
     <w:rsid w:val="00624B52"/>
     <w:rsid w:val="00630794"/>
     <w:rsid w:val="00631DF4"/>
     <w:rsid w:val="006325BD"/>
     <w:rsid w:val="00634175"/>
     <w:rsid w:val="00636C8F"/>
     <w:rsid w:val="006408AC"/>
     <w:rsid w:val="006511B6"/>
     <w:rsid w:val="006520A6"/>
     <w:rsid w:val="00657A6A"/>
     <w:rsid w:val="00657FF8"/>
     <w:rsid w:val="00670D99"/>
     <w:rsid w:val="00670E2B"/>
     <w:rsid w:val="006734BB"/>
     <w:rsid w:val="00673BAB"/>
     <w:rsid w:val="0067697A"/>
     <w:rsid w:val="006821EB"/>
     <w:rsid w:val="00687F0C"/>
     <w:rsid w:val="00693DD1"/>
     <w:rsid w:val="006B2286"/>
     <w:rsid w:val="006B56BB"/>
     <w:rsid w:val="006C111B"/>
+    <w:rsid w:val="006C6FBC"/>
     <w:rsid w:val="006C77A8"/>
     <w:rsid w:val="006D4098"/>
     <w:rsid w:val="006D7681"/>
     <w:rsid w:val="006D7B2E"/>
     <w:rsid w:val="006E02C1"/>
     <w:rsid w:val="006E02EA"/>
     <w:rsid w:val="006E0968"/>
     <w:rsid w:val="006E2AF6"/>
     <w:rsid w:val="006E5F62"/>
     <w:rsid w:val="006F055D"/>
     <w:rsid w:val="00701275"/>
     <w:rsid w:val="00707F56"/>
     <w:rsid w:val="00713558"/>
     <w:rsid w:val="00720D08"/>
     <w:rsid w:val="00721465"/>
     <w:rsid w:val="007263B9"/>
     <w:rsid w:val="007334F8"/>
     <w:rsid w:val="007339CD"/>
     <w:rsid w:val="007359D8"/>
     <w:rsid w:val="007362D4"/>
     <w:rsid w:val="007508A1"/>
     <w:rsid w:val="0076672A"/>
     <w:rsid w:val="00775E45"/>
     <w:rsid w:val="00776E74"/>
     <w:rsid w:val="00785169"/>
@@ -14200,168 +14295,176 @@
     <w:rsid w:val="008D42CB"/>
     <w:rsid w:val="008D48C9"/>
     <w:rsid w:val="008D5B2B"/>
     <w:rsid w:val="008D6381"/>
     <w:rsid w:val="008E0C77"/>
     <w:rsid w:val="008E625F"/>
     <w:rsid w:val="008F1AA0"/>
     <w:rsid w:val="008F264D"/>
     <w:rsid w:val="009040E9"/>
     <w:rsid w:val="009074E1"/>
     <w:rsid w:val="009112F7"/>
     <w:rsid w:val="009122AF"/>
     <w:rsid w:val="00912D54"/>
     <w:rsid w:val="0091389F"/>
     <w:rsid w:val="009208F7"/>
     <w:rsid w:val="00921649"/>
     <w:rsid w:val="00922517"/>
     <w:rsid w:val="00922722"/>
     <w:rsid w:val="009261E6"/>
     <w:rsid w:val="009268E1"/>
     <w:rsid w:val="009326ED"/>
     <w:rsid w:val="009344DE"/>
     <w:rsid w:val="00945E7F"/>
     <w:rsid w:val="009557C1"/>
     <w:rsid w:val="00960D6E"/>
+    <w:rsid w:val="00973BBE"/>
     <w:rsid w:val="00974B59"/>
     <w:rsid w:val="0098340B"/>
+    <w:rsid w:val="00983575"/>
     <w:rsid w:val="00986830"/>
     <w:rsid w:val="009924C3"/>
     <w:rsid w:val="00993102"/>
     <w:rsid w:val="00996394"/>
+    <w:rsid w:val="009A5122"/>
     <w:rsid w:val="009B1570"/>
     <w:rsid w:val="009B6454"/>
     <w:rsid w:val="009C2CC7"/>
     <w:rsid w:val="009C6F10"/>
     <w:rsid w:val="009D148F"/>
     <w:rsid w:val="009D3D70"/>
     <w:rsid w:val="009E6F7E"/>
     <w:rsid w:val="009E7A57"/>
     <w:rsid w:val="009F30BB"/>
     <w:rsid w:val="009F4803"/>
     <w:rsid w:val="009F4F6A"/>
     <w:rsid w:val="00A13EB5"/>
     <w:rsid w:val="00A16E36"/>
     <w:rsid w:val="00A24961"/>
     <w:rsid w:val="00A24B10"/>
     <w:rsid w:val="00A277EF"/>
     <w:rsid w:val="00A30E9B"/>
+    <w:rsid w:val="00A315FA"/>
     <w:rsid w:val="00A4512D"/>
     <w:rsid w:val="00A50244"/>
     <w:rsid w:val="00A62402"/>
     <w:rsid w:val="00A627D7"/>
     <w:rsid w:val="00A64737"/>
     <w:rsid w:val="00A656C7"/>
     <w:rsid w:val="00A705AF"/>
     <w:rsid w:val="00A7241E"/>
     <w:rsid w:val="00A72454"/>
     <w:rsid w:val="00A73ABF"/>
     <w:rsid w:val="00A77696"/>
     <w:rsid w:val="00A80557"/>
     <w:rsid w:val="00A81D33"/>
     <w:rsid w:val="00A8341C"/>
     <w:rsid w:val="00A930AE"/>
     <w:rsid w:val="00AA1A95"/>
     <w:rsid w:val="00AA260F"/>
     <w:rsid w:val="00AB1EE7"/>
     <w:rsid w:val="00AB4B37"/>
     <w:rsid w:val="00AB5762"/>
     <w:rsid w:val="00AB72D0"/>
     <w:rsid w:val="00AC2679"/>
     <w:rsid w:val="00AC4BE4"/>
     <w:rsid w:val="00AD05E6"/>
     <w:rsid w:val="00AD0D3F"/>
+    <w:rsid w:val="00AD5FD7"/>
     <w:rsid w:val="00AE1D7D"/>
     <w:rsid w:val="00AE2A8B"/>
     <w:rsid w:val="00AE3F64"/>
     <w:rsid w:val="00AF7386"/>
     <w:rsid w:val="00AF7934"/>
     <w:rsid w:val="00B00B81"/>
     <w:rsid w:val="00B04580"/>
     <w:rsid w:val="00B0471F"/>
     <w:rsid w:val="00B04B09"/>
     <w:rsid w:val="00B16A51"/>
     <w:rsid w:val="00B32222"/>
     <w:rsid w:val="00B3618D"/>
     <w:rsid w:val="00B36233"/>
     <w:rsid w:val="00B41BDB"/>
     <w:rsid w:val="00B42851"/>
     <w:rsid w:val="00B45AC7"/>
     <w:rsid w:val="00B5372F"/>
     <w:rsid w:val="00B61129"/>
     <w:rsid w:val="00B675C8"/>
     <w:rsid w:val="00B67E7F"/>
     <w:rsid w:val="00B839B2"/>
     <w:rsid w:val="00B94252"/>
     <w:rsid w:val="00B9715A"/>
     <w:rsid w:val="00BA14BE"/>
     <w:rsid w:val="00BA2732"/>
     <w:rsid w:val="00BA293D"/>
     <w:rsid w:val="00BA49BC"/>
     <w:rsid w:val="00BA56B7"/>
     <w:rsid w:val="00BA7A1E"/>
     <w:rsid w:val="00BB2F6C"/>
     <w:rsid w:val="00BB3875"/>
     <w:rsid w:val="00BB5860"/>
     <w:rsid w:val="00BB6AAD"/>
     <w:rsid w:val="00BC4A19"/>
     <w:rsid w:val="00BC4E6D"/>
     <w:rsid w:val="00BD0617"/>
     <w:rsid w:val="00BD2E9B"/>
     <w:rsid w:val="00BD7FB2"/>
     <w:rsid w:val="00C00662"/>
     <w:rsid w:val="00C00930"/>
     <w:rsid w:val="00C060AD"/>
     <w:rsid w:val="00C113BF"/>
     <w:rsid w:val="00C2176E"/>
     <w:rsid w:val="00C23430"/>
     <w:rsid w:val="00C27D67"/>
     <w:rsid w:val="00C4631F"/>
     <w:rsid w:val="00C47CDE"/>
     <w:rsid w:val="00C50E16"/>
     <w:rsid w:val="00C55258"/>
+    <w:rsid w:val="00C80C52"/>
     <w:rsid w:val="00C82EEB"/>
     <w:rsid w:val="00C96BE2"/>
     <w:rsid w:val="00C971DC"/>
     <w:rsid w:val="00CA16B7"/>
     <w:rsid w:val="00CA2E86"/>
     <w:rsid w:val="00CA5E1E"/>
     <w:rsid w:val="00CA62AE"/>
     <w:rsid w:val="00CB5B1A"/>
     <w:rsid w:val="00CC062A"/>
     <w:rsid w:val="00CC220B"/>
     <w:rsid w:val="00CC5C43"/>
     <w:rsid w:val="00CD02AE"/>
     <w:rsid w:val="00CD2A4F"/>
+    <w:rsid w:val="00CD5061"/>
     <w:rsid w:val="00CD5B29"/>
     <w:rsid w:val="00CE03CA"/>
     <w:rsid w:val="00CE22F1"/>
     <w:rsid w:val="00CE50F2"/>
     <w:rsid w:val="00CE6502"/>
     <w:rsid w:val="00CF7D3C"/>
     <w:rsid w:val="00D01F09"/>
     <w:rsid w:val="00D034E3"/>
+    <w:rsid w:val="00D059F9"/>
     <w:rsid w:val="00D147EB"/>
     <w:rsid w:val="00D34667"/>
     <w:rsid w:val="00D401E1"/>
     <w:rsid w:val="00D408B4"/>
     <w:rsid w:val="00D524C8"/>
     <w:rsid w:val="00D70E24"/>
     <w:rsid w:val="00D72B61"/>
     <w:rsid w:val="00D8790E"/>
     <w:rsid w:val="00D93AB6"/>
     <w:rsid w:val="00DA310C"/>
     <w:rsid w:val="00DA3D1D"/>
     <w:rsid w:val="00DB6286"/>
     <w:rsid w:val="00DB645F"/>
     <w:rsid w:val="00DB76E9"/>
     <w:rsid w:val="00DC0A67"/>
     <w:rsid w:val="00DC1D5E"/>
     <w:rsid w:val="00DC5220"/>
     <w:rsid w:val="00DD2061"/>
     <w:rsid w:val="00DD7DAB"/>
     <w:rsid w:val="00DE3355"/>
     <w:rsid w:val="00DF0C60"/>
     <w:rsid w:val="00DF43E0"/>
     <w:rsid w:val="00DF486F"/>
     <w:rsid w:val="00DF5B5B"/>
     <w:rsid w:val="00DF7619"/>
@@ -14415,50 +14518,51 @@
     <w:rsid w:val="00F321DE"/>
     <w:rsid w:val="00F33777"/>
     <w:rsid w:val="00F353AF"/>
     <w:rsid w:val="00F40648"/>
     <w:rsid w:val="00F47DA2"/>
     <w:rsid w:val="00F519FC"/>
     <w:rsid w:val="00F55C4F"/>
     <w:rsid w:val="00F6239D"/>
     <w:rsid w:val="00F715D2"/>
     <w:rsid w:val="00F7274F"/>
     <w:rsid w:val="00F74E84"/>
     <w:rsid w:val="00F76FA8"/>
     <w:rsid w:val="00F93F08"/>
     <w:rsid w:val="00F94CED"/>
     <w:rsid w:val="00FA02BB"/>
     <w:rsid w:val="00FA2CEE"/>
     <w:rsid w:val="00FA318C"/>
     <w:rsid w:val="00FB6F92"/>
     <w:rsid w:val="00FC026E"/>
     <w:rsid w:val="00FC2CD1"/>
     <w:rsid w:val="00FC5124"/>
     <w:rsid w:val="00FD4731"/>
     <w:rsid w:val="00FD6416"/>
     <w:rsid w:val="00FD6768"/>
     <w:rsid w:val="00FD69D5"/>
+    <w:rsid w:val="00FD77E6"/>
     <w:rsid w:val="00FE69C5"/>
     <w:rsid w:val="00FF0AB0"/>
     <w:rsid w:val="00FF28AC"/>
     <w:rsid w:val="00FF72AA"/>
     <w:rsid w:val="00FF7F62"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
@@ -17091,72 +17195,73 @@
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="117fb4f1-39b0-4ef9-ad52-929d325d2c9d" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="b33a22f0-1548-4bd4-90ad-f69b2bdef635">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010019F8F12C133ADE49867CD979358DDE52" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="76b301856a6f4cef5d5eb647bcc9de86">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b33a22f0-1548-4bd4-90ad-f69b2bdef635" xmlns:ns3="117fb4f1-39b0-4ef9-ad52-929d325d2c9d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9e39cc83a95758ee6cd443031e6b9607" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010019F8F12C133ADE49867CD979358DDE52" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ee77023e60b4c9ba0c459ba2c0c5489d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b33a22f0-1548-4bd4-90ad-f69b2bdef635" xmlns:ns3="117fb4f1-39b0-4ef9-ad52-929d325d2c9d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7e74eab169b143c23ae18d3fcc0e07a6" ns2:_="" ns3:_="">
     <xsd:import namespace="b33a22f0-1548-4bd4-90ad-f69b2bdef635"/>
     <xsd:import namespace="117fb4f1-39b0-4ef9-ad52-929d325d2c9d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b33a22f0-1548-4bd4-90ad-f69b2bdef635" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -17180,50 +17285,55 @@
     <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="18" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="21" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="117fb4f1-39b0-4ef9-ad52-929d325d2c9d" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ad77d2e3-fffd-4a0c-814e-8f319c2979ee}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="117fb4f1-39b0-4ef9-ad52-929d325d2c9d">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
@@ -17316,116 +17426,122 @@
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{200C2AE0-42EB-455C-957E-E788C41DA600}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{343AD904-FA57-41ED-A4CC-D0FE06ED95A2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EE79F4A8-4FD5-43FB-8F49-7454CB0F7A93}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="117fb4f1-39b0-4ef9-ad52-929d325d2c9d"/>
     <ds:schemaRef ds:uri="b33a22f0-1548-4bd4-90ad-f69b2bdef635"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2800DC6B-0F79-472D-A006-60D31C65D06A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{767CD927-BBA6-48DD-B36E-74AC3A13ECC9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="b33a22f0-1548-4bd4-90ad-f69b2bdef635"/>
     <ds:schemaRef ds:uri="117fb4f1-39b0-4ef9-ad52-929d325d2c9d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>2696</Words>
-  <Characters>15059</Characters>
+  <Words>2235</Words>
+  <Characters>16298</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>406</Lines>
-  <Paragraphs>179</Paragraphs>
+  <Lines>493</Lines>
+  <Paragraphs>250</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17691</CharactersWithSpaces>
+  <CharactersWithSpaces>18283</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator/>
+  <dc:creator>LIDSTON, Robyn</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010019F8F12C133ADE49867CD979358DDE52</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="docLang">
     <vt:lpwstr>en</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ClassificationContentMarkingHeaderShapeIds">
     <vt:lpwstr>7bee1df6,177459e4,36daf509</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ClassificationContentMarkingHeaderFontProps">
     <vt:lpwstr>#ff0000,12,Calibri</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ClassificationContentMarkingHeaderText">